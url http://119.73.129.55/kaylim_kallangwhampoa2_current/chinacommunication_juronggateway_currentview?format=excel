--- v0 (2025-10-10)
+++ v1 (2025-11-28)
@@ -112,22279 +112,2551 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:B1852"/>
+  <dimension ref="A1:B208"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>TSS_Datetime</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>TSS_Value</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 23:11:00</t>
+          <t>2025-11-28 23:18:41</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 23:06:00</t>
+          <t>2025-11-28 23:13:41</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 23:01:00</t>
+          <t>2025-11-28 23:08:41</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:56:00</t>
+          <t>2025-11-28 23:03:41</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:51:00</t>
+          <t>2025-11-28 22:58:42</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:46:00</t>
+          <t>2025-11-28 22:53:41</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:41:00</t>
+          <t>2025-11-28 22:48:41</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:36:00</t>
+          <t>2025-11-28 22:43:41</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:31:00</t>
+          <t>2025-11-28 22:38:41</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:26:00</t>
+          <t>2025-11-28 22:33:41</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:21:00</t>
+          <t>2025-11-28 22:28:41</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:16:00</t>
+          <t>2025-11-28 22:23:41</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:11:00</t>
+          <t>2025-11-28 22:18:41</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:06:00</t>
+          <t>2025-11-28 22:13:41</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 22:01:00</t>
+          <t>2025-11-28 22:08:41</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:56:00</t>
+          <t>2025-11-28 22:03:41</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:51:00</t>
+          <t>2025-11-28 21:58:41</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:46:01</t>
+          <t>2025-11-28 21:53:41</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:41:00</t>
+          <t>2025-11-28 21:48:41</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:36:00</t>
+          <t>2025-11-28 21:43:41</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:31:00</t>
+          <t>2025-11-28 21:38:41</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:26:00</t>
+          <t>2025-11-28 21:33:41</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:21:00</t>
+          <t>2025-11-28 21:28:41</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:16:00</t>
+          <t>2025-11-28 21:23:41</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:11:00</t>
+          <t>2025-11-28 21:18:41</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:06:00</t>
+          <t>2025-11-28 21:13:41</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 21:01:00</t>
+          <t>2025-11-28 21:08:41</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:56:00</t>
+          <t>2025-11-28 21:03:41</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:51:00</t>
+          <t>2025-11-28 20:58:41</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:46:00</t>
+          <t>2025-11-28 20:53:41</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:41:00</t>
+          <t>2025-11-28 20:48:41</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:36:00</t>
+          <t>2025-11-28 20:43:41</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:31:00</t>
+          <t>2025-11-28 20:38:41</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:26:00</t>
+          <t>2025-11-28 20:33:41</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:21:00</t>
+          <t>2025-11-28 20:28:41</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:16:00</t>
+          <t>2025-11-28 20:23:41</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:11:00</t>
+          <t>2025-11-28 20:18:41</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:06:00</t>
+          <t>2025-11-28 20:13:41</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 20:01:00</t>
+          <t>2025-11-28 20:08:41</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:56:00</t>
+          <t>2025-11-28 20:03:41</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:51:00</t>
+          <t>2025-11-28 19:58:41</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:46:00</t>
+          <t>2025-11-28 19:53:41</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:41:00</t>
+          <t>2025-11-28 19:48:41</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:36:00</t>
+          <t>2025-11-28 19:43:41</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:31:00</t>
+          <t>2025-11-28 19:38:41</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:26:00</t>
+          <t>2025-11-28 19:33:41</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:21:00</t>
+          <t>2025-11-28 19:28:41</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:16:00</t>
+          <t>2025-11-28 19:23:41</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:11:00</t>
+          <t>2025-11-28 19:18:41</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:06:00</t>
+          <t>2025-11-28 19:13:41</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 19:01:00</t>
+          <t>2025-11-28 19:08:41</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:56:00</t>
+          <t>2025-11-28 19:03:41</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:51:00</t>
+          <t>2025-11-28 18:58:41</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:46:00</t>
+          <t>2025-11-28 18:53:41</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:41:00</t>
+          <t>2025-11-28 18:48:41</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:36:00</t>
+          <t>2025-11-28 18:43:41</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:31:00</t>
+          <t>2025-11-28 18:38:41</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:26:00</t>
+          <t>2025-11-28 18:33:41</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:21:00</t>
+          <t>2025-11-28 18:28:41</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:16:00</t>
+          <t>2025-11-28 18:23:41</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:11:00</t>
+          <t>2025-11-28 18:18:41</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:06:00</t>
+          <t>2025-11-28 18:13:41</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 18:01:00</t>
+          <t>2025-11-28 18:08:41</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:56:00</t>
+          <t>2025-11-28 18:03:41</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:51:00</t>
+          <t>2025-11-28 17:58:41</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:46:00</t>
+          <t>2025-11-28 17:53:41</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:41:00</t>
+          <t>2025-11-28 17:48:41</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:36:00</t>
+          <t>2025-11-28 17:43:41</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:31:00</t>
+          <t>2025-11-28 17:38:41</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:26:00</t>
+          <t>2025-11-28 17:33:41</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:21:00</t>
+          <t>2025-11-28 17:28:41</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:16:00</t>
+          <t>2025-11-28 17:23:41</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:11:00</t>
+          <t>2025-11-28 17:18:41</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:06:00</t>
+          <t>2025-11-28 17:13:41</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 17:01:00</t>
+          <t>2025-11-28 17:08:41</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:56:00</t>
+          <t>2025-11-28 17:03:41</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:51:00</t>
+          <t>2025-11-28 16:58:41</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:46:00</t>
+          <t>2025-11-28 16:53:41</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:41:00</t>
+          <t>2025-11-28 16:48:41</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:36:00</t>
+          <t>2025-11-28 16:43:41</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:31:00</t>
+          <t>2025-11-28 16:38:41</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:26:00</t>
+          <t>2025-11-28 16:33:41</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:21:00</t>
+          <t>2025-11-28 16:28:41</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:16:00</t>
+          <t>2025-11-28 16:23:41</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:11:00</t>
+          <t>2025-11-28 16:18:41</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:06:00</t>
+          <t>2025-11-28 16:13:41</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 16:01:00</t>
+          <t>2025-11-28 16:08:41</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:56:00</t>
+          <t>2025-11-28 16:03:41</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:51:00</t>
+          <t>2025-11-28 15:58:41</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:46:00</t>
+          <t>2025-11-28 15:53:41</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:41:00</t>
+          <t>2025-11-28 15:48:41</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:36:00</t>
+          <t>2025-11-28 15:43:41</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:31:00</t>
+          <t>2025-11-28 15:38:41</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:26:00</t>
+          <t>2025-11-28 15:33:41</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:21:00</t>
+          <t>2025-11-28 15:28:41</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:16:00</t>
+          <t>2025-11-28 15:23:41</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:11:00</t>
+          <t>2025-11-28 15:18:41</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:06:00</t>
+          <t>2025-11-28 15:13:41</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 15:01:00</t>
+          <t>2025-11-28 15:08:41</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:56:00</t>
+          <t>2025-11-28 15:03:41</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:51:00</t>
+          <t>2025-11-28 14:58:41</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:46:00</t>
+          <t>2025-11-28 14:53:41</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:41:00</t>
+          <t>2025-11-28 14:48:41</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:36:00</t>
+          <t>2025-11-28 14:43:41</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:31:00</t>
+          <t>2025-11-28 14:38:41</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:26:00</t>
+          <t>2025-11-28 14:33:41</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:21:00</t>
+          <t>2025-11-28 14:28:41</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:16:00</t>
+          <t>2025-11-28 14:23:41</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:11:00</t>
+          <t>2025-11-28 14:18:41</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:06:00</t>
+          <t>2025-11-28 14:13:41</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 14:01:00</t>
+          <t>2025-11-28 14:08:41</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:56:00</t>
+          <t>2025-11-28 14:03:41</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:51:00</t>
+          <t>2025-11-28 13:58:41</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:46:00</t>
+          <t>2025-11-28 13:53:41</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:41:00</t>
+          <t>2025-11-28 13:48:41</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:36:00</t>
+          <t>2025-11-28 13:43:41</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:31:00</t>
+          <t>2025-11-28 13:38:41</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:26:00</t>
+          <t>2025-11-28 13:33:41</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:21:00</t>
+          <t>2025-11-28 13:28:41</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:16:00</t>
+          <t>2025-11-28 13:23:41</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:11:00</t>
+          <t>2025-11-28 13:18:41</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:06:00</t>
+          <t>2025-11-28 13:13:41</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 13:01:00</t>
+          <t>2025-11-28 13:08:41</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:56:00</t>
+          <t>2025-11-28 13:03:41</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:51:00</t>
+          <t>2025-11-28 12:58:41</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:46:00</t>
+          <t>2025-11-28 12:53:41</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:41:00</t>
+          <t>2025-11-28 12:48:41</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:36:00</t>
+          <t>2025-11-28 12:43:41</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:31:00</t>
+          <t>2025-11-28 12:38:41</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:26:00</t>
+          <t>2025-11-28 12:33:41</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:21:00</t>
+          <t>2025-11-28 12:28:41</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:16:00</t>
+          <t>2025-11-28 12:23:41</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:11:00</t>
+          <t>2025-11-28 12:18:41</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:06:00</t>
+          <t>2025-11-28 12:13:41</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 12:01:00</t>
+          <t>2025-11-28 12:08:41</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:56:00</t>
+          <t>2025-11-28 12:03:41</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:51:00</t>
+          <t>2025-11-28 11:58:41</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:46:00</t>
+          <t>2025-11-28 11:53:41</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:41:00</t>
+          <t>2025-11-28 11:48:41</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:36:00</t>
+          <t>2025-11-28 11:43:41</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:31:00</t>
+          <t>2025-11-28 11:38:41</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:26:00</t>
+          <t>2025-11-28 11:33:41</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:21:00</t>
+          <t>2025-11-28 11:28:41</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:16:00</t>
+          <t>2025-11-28 11:23:41</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:11:00</t>
+          <t>2025-11-28 11:18:41</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:06:00</t>
+          <t>2025-11-28 11:13:41</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 11:01:00</t>
+          <t>2025-11-28 11:08:41</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:56:00</t>
+          <t>2025-11-28 11:03:41</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:51:00</t>
+          <t>2025-11-28 10:58:41</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:46:00</t>
+          <t>2025-11-28 10:53:41</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:41:00</t>
+          <t>2025-11-28 10:48:41</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:36:00</t>
+          <t>2025-11-28 10:43:41</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:31:00</t>
+          <t>2025-11-28 10:38:41</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:26:00</t>
+          <t>2025-11-28 10:33:41</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:21:00</t>
+          <t>2025-11-28 10:28:41</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:16:00</t>
+          <t>2025-11-28 10:23:41</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:11:00</t>
+          <t>2025-11-28 10:18:41</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:06:00</t>
+          <t>2025-11-28 10:13:41</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 10:01:00</t>
+          <t>2025-11-28 10:08:41</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:56:00</t>
+          <t>2025-11-28 10:03:41</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:51:00</t>
+          <t>2025-11-28 09:58:41</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:46:00</t>
+          <t>2025-11-28 09:53:41</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:41:00</t>
+          <t>2025-11-28 09:48:41</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:36:00</t>
+          <t>2025-11-28 09:43:41</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:31:00</t>
+          <t>2025-11-28 09:38:41</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:26:00</t>
+          <t>2025-11-28 09:33:41</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:21:00</t>
+          <t>2025-11-12 13:40:57</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:16:00</t>
+          <t>2025-11-12 13:35:57</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:11:00</t>
+          <t>2025-11-12 13:30:57</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:06:00</t>
+          <t>2025-11-12 13:25:57</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 09:01:00</t>
+          <t>2025-11-12 13:20:57</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:56:00</t>
+          <t>2025-11-12 13:15:57</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:51:00</t>
+          <t>2025-11-12 13:10:57</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:46:00</t>
+          <t>2025-11-12 13:05:57</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:41:00</t>
+          <t>2025-11-12 13:00:57</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:36:00</t>
+          <t>2025-11-12 12:55:57</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:31:00</t>
+          <t>2025-11-12 12:50:57</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:26:00</t>
+          <t>2025-11-12 12:45:57</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:21:00</t>
+          <t>2025-11-12 12:40:57</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:16:00</t>
+          <t>2025-11-12 12:35:57</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:11:00</t>
+          <t>2025-11-12 12:30:57</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:06:00</t>
+          <t>2025-11-12 12:25:57</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 08:01:00</t>
+          <t>2025-11-12 12:20:57</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:56:00</t>
+          <t>2025-11-12 12:15:57</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:51:00</t>
+          <t>2025-11-12 12:10:57</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:46:00</t>
+          <t>2025-11-12 12:05:57</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:41:00</t>
+          <t>2025-11-12 12:00:57</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:36:00</t>
+          <t>2025-11-12 11:55:57</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:31:00</t>
+          <t>2025-11-12 11:50:57</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:26:00</t>
+          <t>2025-11-12 11:45:57</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:21:00</t>
+          <t>2025-11-12 11:40:57</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:16:00</t>
+          <t>2025-11-12 11:35:57</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:11:00</t>
+          <t>2025-11-12 11:30:57</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:06:00</t>
+          <t>2025-11-12 11:25:57</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 07:01:00</t>
+          <t>2025-11-12 11:20:57</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:56:00</t>
+          <t>2025-11-12 11:15:57</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:51:00</t>
+          <t>2025-11-12 11:10:57</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:46:00</t>
+          <t>2025-11-12 11:05:57</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:41:00</t>
+          <t>2025-11-12 11:00:57</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:36:00</t>
+          <t>2025-11-12 10:55:57</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:31:00</t>
+          <t>2025-11-12 10:50:57</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:26:00</t>
+          <t>2025-11-12 10:45:57</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:21:00</t>
+          <t>2025-11-12 10:40:57</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:16:00</t>
+          <t>2025-11-12 10:35:57</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:11:00</t>
+          <t>2025-11-12 10:30:57</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:06:00</t>
+          <t>2025-11-12 10:25:57</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>2025-10-10 06:01:00</t>
+          <t>2025-11-12 10:20:57</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
-        <is>
-[...19726 lines deleted...]
-      <c r="B1852" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">